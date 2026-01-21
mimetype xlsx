--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -95,78 +95,78 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10229627</t>
   </si>
   <si>
     <t>https://doi.org/10.14379/iodp.proc.361.201.2020</t>
   </si>
   <si>
     <t>Data report: X-ray fluorescence core scanning of IODP Site U1474 sediments, Natal Valley, Southwest Indian Ocean, Expedition 361</t>
   </si>
   <si>
-    <t>Babin, D.P.; Franzese, A.M.; Hemming, S.R.; Hall, I.R.; LeVay, L.J.; Barker, S.; Tejeda, L.; Simon, M.H.</t>
+    <t>Babin, DP; Franzese, AM; Hemming, SR; Hall, IR; LeVay, LJ; Barker, S; Tejeda, L; Simon, MH</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>2020-06-05T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the International Ocean Discovery Program</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>2377-3189</t>
   </si>
   <si>
     <t>X-ray fluorescence (XRF) core scanning was conducted on core sections from International Ocean Discovery Program Site U1474, located in the Natal Valley off the coast of South Africa. The data were collected at 2 mm resolution along the 255 m length of the splice, but this setting resulted in noisy data. This problem was addressed by applying a 10 point running sum on the XRF data prior to converting peak area to element intensities. This effectively integrates 10 measurements into 1, representing an average over 2 cm resolution, and significantly improves noise in the data. With 25 calibration samples, whose element concentrations were derived using inductively coupled plasma–optical emission spectrometry, the XRF measurements were converted to concentrations using a univariate log-ratio calibration method. The resulting concentrations of terrigenously derived major elements (Al, Si, K, Ti, and Fe) are anticorrelated with Ca concentrations, indicating the main control on sediment chemistry is the variable proportion of terrigenous to in situ produced carbonate material.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1326927</t>
+    <t>1326927; 1831415</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Book Chapter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>