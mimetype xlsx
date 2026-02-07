--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10229761</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3406962</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data-driven Bus Crowding Prediction Models Using Context-specific Features</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Arabghalizi, Tahereh; Labrinidis, Alexandros</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM/IMS Transactions on Data Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 33</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2691-1922</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Public transit is one of the first things that come to mind when someone talks about “smart cities.” As a result, many technologies, applications, and infrastructure have already been deployed to bring the promise of the smart city to public transportation. Most of these have focused on answering the question, “When will my bus arrive?”; little has been done to answer the question, “How full will my next bus be?” which also dramatically affects commuters’ quality of life. In this article, we consider the bus fullness problem. In particular, we propose two different formulations of the problem, develop multiple predictive models, and evaluate their accuracy using data from the Pittsburgh region. Our predictive models consistently outperform the baselines (by up to 8 times).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1739413</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>