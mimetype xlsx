--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10230109</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.14448/jsesd.12.0012</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Visualization without Vision – How Blind and Visually Impaired Students and Researchers Engage with Molecular Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>J. Laconsay, Croix; B. Wedler, Henry; J. Tantillo, Dean</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Journal of Science Education for Students with Disabilities</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1940-9923</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This article examines the tools and techniques currently available that enable blind and visually impaired (BVI) individuals to visualize three-dimensional objects used in learning chemistry concepts. How BVI individuals engage with and visualize molecular structure is discussed and recent tactile (or haptic) and auditory methods for visualization of various chemistry concepts are summarized. Remaining challenges for chemistry education researchers are described with the aim of highlighting the potential value of educational research in further enabling BVI students to pursue careers in science, technology, engineering, and mathematics (STEM) fields.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1856416</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>