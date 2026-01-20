--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10340691</t>
-[...8 lines deleted...]
-    <t>Wang, Chenghong; Bater, Johes; Nayak, Kartik; Machanavajjhala, Ashwin</t>
+    <t>10230625</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.jbc.2021.100279</t>
+  </si>
+  <si>
+    <t>Pseudomonas aeruginosa detachment from surfaces via a self-made small molecule</t>
+  </si>
+  <si>
+    <t>Scheffler, Robert J.; Sugimoto, Yuki; Bratton, Benjamin P.; Ellison, Courtney K.; Koch, Matthias D.; Donia, Mohamed S.; Gitai, Zemer</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-06-10T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>In this paper, we consider secure outsourced growing databases (SOGDB) that support view-based query answering. These databases allow untrusted servers to privately maintain a materialized view. This allows servers to use only the materialized view for query processing instead of accessing the original data from which the view was derived. To tackle this, we devise a novel view-based SOGDB framework, Incshrink. The key features of this solution are: (i) Incshrink maintains the view using incremental MPC operators which eliminates the need for a trusted third party upfront, and (ii) to ensure high performance, Incshrink guarantees that the leakage satisfies DP in the presence of updates. To the best of our knowledge, there are no existing systems that have these properties. We demonstrate Incshrink's practical feasibility in terms of efficiency and accuracy with extensive experiments on real-world datasets and the TPC-ds benchmark. The evaluation results show that Incshrink provides a 3-way trade-off in terms of privacy, accuracy and efficiency, and offers at least a 7,800x performance advantage over standard SOGDB that do not support view-based query paradigm.</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Biological Chemistry</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>100279</t>
+  </si>
+  <si>
+    <t>0021-9258</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2029853; 2016393</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1734030</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -279,87 +288,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>