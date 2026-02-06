--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10233249</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/JCLI-D-19-0604.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Role of Tropical Variability in Driving Decadal Shifts in the Southern Hemisphere Summertime Eddy-Driven Jet</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Dongxia; Arblaster, Julie M.; Meehl, Gerald A.; England, Matthew H.; Lim, Eun-Pa; Bates, Susan; Rosenbloom, Nan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Climate</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5445 to 5463</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0894-8755</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            The Southern Hemisphere summertime eddy-driven jet and storm tracks have shifted poleward over the recent few decades. In previous studies, explanations have mainly stressed the influence of external forcing in driving this trend. Here we examine the role of internal tropical SST variability in controlling the austral summer jet’s poleward migration, with a focus on interdecadal time scales. The role of external forcing and internal variability are isolated by using a hierarchy of Community Earth System Model version 1 (CESM1) simulations, including the pre-industrial control, large ensemble, and pacemaker runs. Model simulations suggest that in the early twenty-first century, both external forcing and internal tropical Pacific SST variability are important in driving a positive southern annular mode (SAM) phase and a poleward migration of the eddy-driven jet. Tropical Pacific SST variability, associated with the negative phase of the interdecadal Pacific oscillation (IPO), acts to shift the jet poleward over the southern Indian and southwestern Pacific Oceans and intensify the jet in the southeastern Pacific basin, while external forcing drives a significant poleward jet shift in the South Atlantic basin. In response to both external forcing and decadal Pacific SST variability, the transient eddy momentum flux convergence belt in the middle latitudes experiences a poleward migration due to the enhanced meridional temperature gradient, leading to a zonally symmetric southward migration of the eddy-driven jet. This mechanism distinguishes the influence of the IPO on the midlatitude circulation from the dynamical impact of ENSO, with the latter mainly promoting the subtropical wave-breaking critical latitude poleward and pushing the midlatitude jet to higher latitudes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1947282</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>