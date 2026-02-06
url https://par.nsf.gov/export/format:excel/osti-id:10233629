--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10233629</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generating Explorable Narrative Spaces with Answer Set Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dabral, Chinmaya; Martens, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Lelis, Levi; Thue, David</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Sixteenth AAAI Conference on Artificial Intelligence and Interactive Digital Entertainment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>45-51</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2334-0924</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Previous approaches to narrative generation have required a new planner implementation for each set of constraints deemed relevant to the narrative domain, each consisting of thousands of lines of code and supporting one primary mode of interaction: fully specifying a domain and problem, and receiving a plan as output. We present a lightweight, flexible narrative planner written with Answer Set Programming, designed specifically to support constraint-based narrative generation, show how it generalizes previous approaches, and show how it can be easily extended with notions of thematic plot schema such as “betrayal.” Finally, we demonstrate how the ASP model can be explored through interactive question answering, where answers take the form of generated narratives. In the long term, we intend this work to support understanding of complex rule systems through interactive exploration.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1846122</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>