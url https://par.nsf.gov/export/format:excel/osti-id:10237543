--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10237543</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/S0956796821000083</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Explainable dynamic programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>ERWIG, MARTIN; KUMAR, PRASHANT</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Functional Programming</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0956-7968</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            In this paper, we present a method for explaining the results produced by dynamic programming (DP) algorithms. Our approach is based on retaining a granular representation of values that are aggregated during program execution. The explanations that are created from the granular representations can answer questions of why one result was obtained instead of another and therefore can increase the confidence in the correctness of program results.            Our focus on dynamic programming is motivated by the fact that dynamic programming offers a systematic approach to implementing a large class of optimization algorithms which produce decisions based on aggregated value comparisons. It is those decisions that the granular representation can help explain. Moreover, the fact that dynamic programming can be formalized using semirings supports the creation of a Haskell library for dynamic programming that has two important features. First, it allows programmers to specify programs by recurrence relationships from which efficient implementations are derived automatically. Second, the dynamic programs can be formulated generically (as type classes), which supports the smooth transition from programs that only produce result to programs that can run with granular representation and also produce explanations. Finally, we also demonstrate how to anticipate user questions about program results and how to produce corresponding explanations automatically in advance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717300</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>