--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10240316</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/app10186543</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Moth Mating: Modeling Female Pheromone Calling and Male Navigational Strategies to Optimize Reproductive Success</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Stepien, Tracy L.; Zmurchok, Cole; Hengenius, James B.; Caja Rivera, Rocío Marilyn; D’Orsogna, Maria R.; Lindsay, Alan E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Applied Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6543</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2076-3417</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Male and female moths communicate in complex ways to search for and to select a mate. In a process termed calling, females emit small quantities of pheromones, generating plumes that spread in the environment. Males detect the plume through their antennae and navigate toward the female. The reproductive process is marked by female choice and male–male competition, since multiple males aim to reach the female but only the first can mate with her. This provides an opportunity for female selection on male traits such as chemosensitivity to pheromone molecules and mobility. We develop a mathematical framework to investigate the overall mating likelihood, the mean first arrival time, and the quality of the first male to reach the female for four experimentally observed female calling strategies unfolding over a typical one-week mating period. We present both analytical solutions of a simplified model as well as results from agent-based numerical simulations. Our findings suggest that, by adjusting call times and the amount of released pheromone, females can optimize the mating process. In particular, shorter calling times and lower pheromone titers at onset of the mating period that gradually increase over time allow females to aim for higher-quality males while still ensuring that mating occurs by the end of the mating period.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1814090; 1815216</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>