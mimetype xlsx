--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10240317</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pone.0250433</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Temporal clustering of disorder events during the COVID-19 pandemic</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Campedelli, Gian Maria; D’Orsogna, Maria R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Topaz, Chad M.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS ONE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e0250433</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1932-6203</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The COVID-19 pandemic has unleashed multiple public health, socio-economic, and institutional crises. Measures taken to slow the spread of the virus have fostered significant strain between authorities and citizens, leading to waves of social unrest and anti-government demonstrations. We study the temporal nature of pandemic-related disorder events as tallied by the “COVID-19 Disorder Tracker” initiative by focusing on the three countries with the largest number of incidents, India, Israel, and Mexico. By fitting Poisson and Hawkes processes to the stream of data, we find that disorder events are inter-dependent and self-excite in all three countries. Geographic clustering confirms these features at the subnational level, indicating that nationwide disorders emerge as the convergence of meso-scale patterns of self-excitation. Considerable diversity is observed among countries when computing correlations of events between subnational clusters; these are discussed in the context of specific political, societal and geographic characteristics. Israel, the most territorially compact and where large scale protests were coordinated in response to government lockdowns, displays the largest reactivity and the shortest period of influence following an event, as well as the strongest nationwide synchrony. In Mexico, where complete lockdown orders were never mandated, reactivity and nationwide synchrony are lowest. Our work highlights the need for authorities to promote local information campaigns to ensure that livelihoods and virus containment policies are not perceived as mutually exclusive.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1814090</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>