--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,69 +111,69 @@
     <t>10244949</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/gwat.13105</t>
   </si>
   <si>
     <t>Using &lt;scp&gt;δ&lt;sup&gt;18&lt;/sup&gt;O&lt;/scp&gt; and &lt;scp&gt;δ&lt;sup&gt;2&lt;/sup&gt;H&lt;/scp&gt; to Detect Hydraulic Connection Between a Sinkhole Lake and a &lt;scp&gt;First‐Magnitude&lt;/scp&gt; Spring</t>
   </si>
   <si>
     <t>Ahmed, Nur [Department of Earth Ocean and Atmospheric Science, Florida State University  Tallahassee FL 32306 USA]; Ye, Ming [Department of Earth Ocean and Atmospheric Science, Florida State University  Tallahassee FL 32306 USA]; Wang, Yang [Department of Earth Ocean and Atmospheric Science, Florida State University  Tallahassee FL 32306 USA]; Greenhalgh, Tom [Florida Geological Survey 3000 Commonwealth Blvd #1  Tallahassee FL 32303 USA]; Fowler, Karlee [Site Investigation Section Florida Department of Environmental Protection  Tallahassee FL 32399 USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-04-29T04:00:00Z</t>
   </si>
   <si>
     <t>Groundwater</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 856-865</t>
   </si>
   <si>
     <t>0017-467X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Oxygen and hydrogen isotopes were used in this study to detect a hydraulic connection between a sinkhole lake and a karst spring. In karst areas, surface water that flows to a lake can drain through sinkholes in the lakebed to the underlying aquifer, and then flows in karst conduits and through aquifer matrix. At the study site located in northwest Florida, USA, Lake Miccosukee immediately drains into two sinkholes. Results from a dye tracing experiment indicate that lake water discharges at Natural Bridge Spring, a first‐magnitude spring 32 km downgradient from the lake. By collecting weekly water samples from the lake, the spring, and a groundwater well 10 m away from the lake during the dry period between October 2019 and January 2020, it was found that, when rainfall effects on isotopic signature in spring water are removed, increased isotope ratios of spring water can be explained by mixing of heavy‐isotope‐enriched lake water into groundwater, indicating hydraulic connection between the lake and the spring. Such a detection of hydraulic connection at the scale of tens of kilometers and for a first‐magnitude spring has not been previously reported in the literature. Based on the isotope ratio data, it was estimated that, during the study period, about 8.5% the spring discharge was the lake water that drained into the lake sinkholes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1828827</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 856-865</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>