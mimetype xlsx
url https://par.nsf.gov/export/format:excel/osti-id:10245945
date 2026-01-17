--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,75 +111,75 @@
     <t>10245945</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12506</t>
   </si>
   <si>
     <t>A simulation‐based optimization model for infrastructure planning for electric autonomous vehicle sharing</t>
   </si>
   <si>
     <t>Zhao, Dongfang [Department of Civil and Environmental Engineering University of South Florida  Tampa FL USA]; Li, Xiaopeng [Department of Civil and Environmental Engineering University of South Florida  Tampa FL USA]; Cui, Jianxun [School of Transportation Science and Engineering Harbin Institute of Technology  Harbin China]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-11-13T05:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>7</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 858-876</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;New transportation technologies (e.g., electric autonomous vehicles [EAVs]) and operation paradigms (e.g., car sharing) are discussed, researched, and to a small degree also deployed in recent years in response to rising energy crises and aggravating traffic congestions. In this research, we present a station‐based car‐sharing service system that integrates both EAV technologies and car‐sharing operations. Based on the simulation model, a dynamic and time‐continuous optimization model seeking a near‐optimum design of charging station location and EAV deployment is developed. By discretizing the model, we proposed a Monte Carlo simulation model to evaluate the total system cost for a given location and vehicle deployment design. A heuristic approach based on the genetic algorithm is developed to solve the system design of station location and vehicle deployment. A numerical test in Yantai City, China, is conducted to illustrate the effectiveness of the proposed model and to draw managerial insights into how the key parameters affect the system design.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1638355</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
+    <t>p. 858-876</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>