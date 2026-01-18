--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,75 +111,75 @@
     <t>10246023</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12630</t>
   </si>
   <si>
     <t>The development of Gaussian process regression for effective regional post‐earthquake building damage inference</t>
   </si>
   <si>
     <t>Sheibani, Mohamadreza [Department of Civil and Environmental Engineering University of Utah  Salt Lake City UT USA]; Ou, Ge [Department of Civil and Environmental Engineering University of Utah  Salt Lake City UT USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-10-20T04:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 264-288</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Post‐earthquake reconnaissance survey of structural damage is an effective way of documenting and understanding the impact of earthquakes on structures. This article aims at providing an efficient data‐based framework that reduces the required time for reconnaissance missions and predicts the damage intensities for every building in the affected region. We hypothesize that a joint selection of necessary structural and earthquake parameters along with sparse damage observations are sufficient to train a supervised learning algorithm and accurately infer the damage for other buildings in the region. Gaussian process regression is employed to prove the hypothesis for probabilistic inference of different damage indices. The algorithm performs efficiently by selecting a set of diverse and representative buildings for damage observations using K‐medoids clustering. To validate the hypothesis and the proposed method, the algorithm framework is implemented on two severe earthquake simulation testbeds. The impacts of different building and ground motion variables on the damage inference performance are discussed. Furthermore, the effectiveness of observation sampling by clustering in the post‐earthquake damage inference is compared with random sampling.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1839833</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
+    <t>p. 264-288</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>