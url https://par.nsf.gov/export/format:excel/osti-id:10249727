--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10249727</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/math9060608</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Mathematical Model of Contact Tracing during the 2014–2016 West African Ebola Outbreak</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Burton, Danielle; Lenhart, Suzanne; Edholm, Christina J.; Levy, Benjamin; Washington, Michael L.; Greening, Bradford R.; White, K. A.; Lungu, Edward; Chimbola, Obias; Kgosimore, Moatlhodi; Chirove, Faraimunashe; Ronoh, Marilyn; Machingauta, M. Helen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Mathematics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>608</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2227-7390</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The 2014–2016 West African outbreak of Ebola Virus Disease (EVD) was the largest and most deadly to date. Contact tracing, following up those who may have been infected through contact with an infected individual to prevent secondary spread, plays a vital role in controlling such outbreaks. Our aim in this work was to mechanistically represent the contact tracing process to illustrate potential areas of improvement in managing contact tracing efforts. We also explored the role contact tracing played in eventually ending the outbreak. We present a system of ordinary differential equations to model contact tracing in Sierra Leonne during the outbreak. Using data on cumulative cases and deaths, we estimate most of the parameters in our model. We include the novel features of counting the total number of people being traced and tying this directly to the number of tracers doing this work. Our work highlights the importance of incorporating changing behavior into one’s model as needed when indicated by the data and reported trends. Our results show that a larger contact tracing program would have reduced the death toll of the outbreak. Counting the total number of people being traced and including changes in behavior in our model led to better understanding of disease management.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2015425</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>