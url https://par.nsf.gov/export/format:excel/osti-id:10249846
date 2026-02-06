--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10249846</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3410220.3453924</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Zero Queueing for Multi-Server Jobs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Weina; Xie, Qiaomin; Harchol-Balter, Mor</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM SIGMETRICS / International Conference on Measurement and Modeling of Computer Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>13 to 14</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cloud computing today is dominated by multi-server jobs. These are jobs that request multiple servers simultaneously and hold onto all of these servers for the duration of the job. Multi-server jobs add a lot of complexity to the traditional one-server-per-job model: an arrival might not "fit" into the available servers and might have to queue, blocking later arrivals and leaving servers idle. From a queueing perspective, almost nothing is understood about multi-server job queueing systems; even understanding the exact stability region is a very hard problem.
+In this paper, we investigate a multi-server job queueing model under scaling regimes where the number of servers in the system grows. Specifically, we consider a system with multiple classes of jobs, where jobs from different classes can request different numbers of servers and have different service time distributions, and jobs are served in first-come-first-served order. The multi-server job model opens up new scaling regimes where both the number of servers that a job needs and the system load scale with the total number of servers. Within these scaling regimes, we derive the first results on stability, queueing probability, and the transient analysis of the number of jobs in the system for each class. In particular we derive sufficient conditions for zero queueing. Our analysis introduces a novel way of extracting information from the Lyapunov drift, which can be applicable to a broader scope of problems in queueing systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955997</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>