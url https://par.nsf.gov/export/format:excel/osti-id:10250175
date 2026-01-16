--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,94 +86,91 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10250175</t>
-[...8 lines deleted...]
-    <t>Yang, Qingqing [The Laboratory of Theoretical and Computational Chemistry School of Chemistry and Chemical Engineering Yantai University  Yantai 264005 P. R. China]; Li, Qingzhong [The Laboratory of Theoretical and Computational Chemistry School of Chemistry and Chemical Engineering Yantai University  Yantai 264005 P. R. China] (ORCID:0000000314866772); Scheiner, Steve [Department of Chemistry and Biochemistry Utah State University  Logan UT 84322-0300 USA]</t>
+    <t>10450119</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/adfm.202105252</t>
+  </si>
+  <si>
+    <t>Controllable p‐Type Doping of 2D WSe &lt;sub&gt;2&lt;/sub&gt; via Vanadium Substitution</t>
+  </si>
+  <si>
+    <t>Kozhakhmetov, Azimkhan [Department of Materials Science and Engineering The Pennsylvania State University  University Park PA 16802 USA] (ORCID:0000000347438408); Stolz, Samuel [nanotech@surfaces Laboratory Empa‐Swiss Federal Laboratories for Materials Science and Technology  Dübendorf 8600 Switzerland] (ORCID:000000023597680X); Tan, Anne_Marie_Z [School of Mechanical and Aerospace Engineering Nanyang Technological University  Singapore 639798 Singapore, Department of Materials Science and Engineering University of Florida  Gainesville FL 32611 USA] (ORCID:0000000250744660); Pendurthi, Rahul [Department of Engineering Science and Mechanics The Pennsylvania State University  University Park PA 16802 USA]; Bachu, Saiphaneendra [Department of Materials Science and Engineering The Pennsylvania State University  University Park PA 16802 USA] (ORCID:0000000198987349); Turker, Furkan [Department of Materials Science and Engineering The Pennsylvania State University  University Park PA 16802 USA]; Alem, Nasim [Department of Materials Science and Engineering The Pennsylvania State University  University Park PA 16802 USA, Materials Research Institute The Pennsylvania State University  University Park PA 16802 USA, Two‐Dimensional Crystal Consortium The Pennsylvania State University  University Park PA 16802 USA] (ORCID:000000030009349X); Kachian, Jessica [Intel Corporation 2200 Mission College Blvd  Santa Clara CA 95054 USA]; Das, Saptarshi [Department of Materials Science and Engineering The Pennsylvania State University  University Park PA 16802 USA, Department of Engineering Science and Mechanics The Pennsylvania State University  University Park PA 16802 USA, Materials Research Institute The Pennsylvania State University  University Park PA 16802 USA] (ORCID:000000020188945X); Hennig, Richard_G [Department of Materials Science and Engineering University of Florida  Gainesville FL 32611 USA] (ORCID:0000000349337686); Gröning, Oliver [nanotech@surfaces Laboratory Empa‐Swiss Federal Laboratories for Materials Science and Technology  Dübendorf 8600 Switzerland]; Schuler, Bruno [nanotech@surfaces Laboratory Empa‐Swiss Federal Laboratories for Materials Science and Technology  Dübendorf 8600 Switzerland] (ORCID:0000000296410340); Robinson, Joshua_A [Department of Materials Science and Engineering The Pennsylvania State University  University Park PA 16802 USA, Two‐Dimensional Crystal Consortium The Pennsylvania State University  University Park PA 16802 USA, Center for 2‐Dimensional and Layered Materials The Pennsylvania State University  University Park PA 16802 USA] (ORCID:0000000215137187)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-06-15T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>1439-4235</t>
+    <t>2021-07-23T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>1616-301X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;The ability of B atoms on two different molecules to engage with one another in a noncovalent diboron bond is studied by ab initio calculations. Due to electron donation from its substituents, the trivalent B atom of BYZ&lt;sub&gt;2&lt;/sub&gt;(Z=CO, N&lt;sub&gt;2&lt;/sub&gt;, and CNH; Y=H and F) has the ability to in turn donate charge to the B of a BX&lt;sub&gt;3&lt;/sub&gt;molecule (X=H, F, and CH&lt;sub&gt;3&lt;/sub&gt;), thus forming a B⋅⋅⋅B diboron bond. These bonds are of two different strengths and character. BH(CO)&lt;sub&gt;2&lt;/sub&gt;and BH(CNH)&lt;sub&gt;2&lt;/sub&gt;, and their fluorosubstituted analogues BF(CO)&lt;sub&gt;2&lt;/sub&gt;and BF(CNH)&lt;sub&gt;2&lt;/sub&gt;, engage in a typical noncovalent bond with B(CH&lt;sub&gt;3&lt;/sub&gt;)&lt;sub&gt;3&lt;/sub&gt;and BF&lt;sub&gt;3&lt;/sub&gt;, with interaction energies in the 3–8 kcal/mol range. Certain other combinations result in a much stronger diboron bond, in the 26–44 kcal/mol range, and with a high degree of covalent character. Bonds of this type occur when BH&lt;sub&gt;3&lt;/sub&gt;is added to BH(CO)&lt;sub&gt;2&lt;/sub&gt;, BH(CNH)&lt;sub&gt;2&lt;/sub&gt;, BH(N&lt;sub&gt;2&lt;/sub&gt;)&lt;sub&gt;2&lt;/sub&gt;, and BF(CO)&lt;sub&gt;2&lt;/sub&gt;, or in the complexes of BH(N&lt;sub&gt;2&lt;/sub&gt;)&lt;sub&gt;2&lt;/sub&gt;with B(CH&lt;sub&gt;3&lt;/sub&gt;)&lt;sub&gt;3&lt;/sub&gt;and BF&lt;sub&gt;3&lt;/sub&gt;. The weaker noncovalent bonds are held together by roughly equal electrostatic and dispersion components, complemented by smaller polarization energy, while polarization is primarily responsible for the stronger ones.&lt;/p&gt;</t>
+ &lt;p&gt;Scalable substitutional doping of 2D transition metal dichalcogenides is a prerequisite to developing next‐generation logic and memory devices based on 2D materials. To date, doping efforts are still nascent. Here, scalable growth and vanadium (V) doping of 2D WSe&lt;sub&gt;2&lt;/sub&gt;at front‐end‐of‐line and back‐end‐of‐line compatible temperatures of 800 and 400 °C, respectively, is reported. A combination of experimental and theoretical studies confirm that vanadium atoms substitutionally replace tungsten in WSe&lt;sub&gt;2&lt;/sub&gt;, which results in&lt;italic&gt;p&lt;/italic&gt;‐type doping via the introduction of discrete defect levels that lie close to the valence band maxima. The&lt;italic&gt;p&lt;/italic&gt;‐type nature of the V dopants is further verified by constructed field‐effect transistors, where hole conduction becomes dominant with increasing vanadium concentration. Hence, this study presents a method to precisely control the density of intentionally introduced impurities, which is indispensable in the production of electronic‐grade wafer‐scale extrinsic 2D semiconductors.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1954310</t>
+    <t>1740251; 1748464</t>
   </si>
   <si>
     <t>2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 1461-1469</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -327,58 +324,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>