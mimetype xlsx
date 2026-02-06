--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10250301</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/ILS-04-2020-0132</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Cultivating data visualization literacy in museums</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Peppler, Kylie; Keune, Anna; Han, Ariel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Information and Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1/2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 16</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2398-5348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Purpose              This paper aims to explore what design aspects can support data visualization literacy within science museums.                                      Design/methodology/approach              The qualitative study thematically analyzes video data of 11 visitor groups as they engage with reading and writing of data visualization through a science museum exhibition that features real-time and uncurated data.                                      Findings              Findings present how the design aspects of the exhibit led to identifying single data records, data patterns, mismeasurements and distribution rate.                                      Research limitations/implications              The findings preface how to study data visualization literacy learning in short museum interactions.                                      Practical implications              Practically, the findings point toward design implications for facilitating data visualization literacy in museum exhibits.                                      Originality/value              The originality of the study lays in the way the exhibit supports engagement with data visualization literacy with uncurated data records.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1713567</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>