--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10250703</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1613/jair.1.12261</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Liquid Democracy: An Algorithmic Perspective</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kahng, Anson; Mackenzie, Simon; Procaccia, Ariel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-08T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Artificial Intelligence Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1223 to 1252</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1076-9757</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We study liquid democracy, a collective decision making paradigm that allows voters to transitively delegate their votes, through an algorithmic lens. In our model, there are two alternatives, one correct and one incorrect, and we are interested in the probability that the majority opinion is correct. Our main question is whether there exist delegation mechanisms that are guaranteed to outperform direct voting, in the sense of being always at least as likely, and sometimes more likely, to make a correct decision. Even though we assume that voters can only delegate their votes to better-informed voters, we show that local delegation mechanisms, which only take the local neighborhood of each voter as input (and, arguably, capture the spirit of liquid democracy), cannot provide the foregoing guarantee. By contrast, we design a non-local delegation mechanism that does provably outperform direct voting under mild assumptions about voters.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007080; 2024287; 1733556</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>