--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,75 +111,75 @@
     <t>10253198</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12714</t>
   </si>
   <si>
     <t>Indoor camera pose estimation via style‐transfer 3D models</t>
   </si>
   <si>
     <t>Chen, Junjie [Department of Civil and Environmental Engineering The University of Tennessee  Knoxville Tennessee USA, Department of Real Estate and Construction The University of Hong Kong  Hong Kong China]; Li, Shuai [Department of Civil and Environmental Engineering The University of Tennessee  Knoxville Tennessee USA]; Liu, Donghai [State Key Laboratory of Hydraulic Engineering Simulation and Safety Tianjin University  Tianjin China]; Lu, Weisheng [Department of Real Estate and Construction The University of Hong Kong  Hong Kong China]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-06-28T04:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 335-353</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Many vision‐based indoor localization methods require tedious and comprehensive pre‐mapping of built environments. This research proposes a mapping‐free approach to estimating indoor camera poses based on a 3D style‐transferred building information model (BIM) and photogrammetry technique. To address the cross‐domain gap between virtual 3D models and real‐life photographs, a CycleGAN model was developed to transform BIM renderings into photorealistic images. A photogrammetry‐based algorithm was developed to estimate camera pose using the visual and spatial information extracted from the style‐transferred BIM. The experiments demonstrated the efficacy of CycleGAN in bridging the cross‐domain gap, which significantly improved performance in terms of image retrieval and feature correspondence detection. With the 3D coordinates retrieved from BIM, the proposed method can achieve near real‐time camera pose estimation with an accuracy of 1.38 m and 10.1° in indoor environments.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1850008</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
+    <t>p. 335-353</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>