--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10253350</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/ab929e</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The 16th Data Release of the Sloan Digital Sky Surveys: First Release from the APOGEE-2 Southern Survey and Full Release of eBOSS Spectra</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ahumada, Romina; Prieto, Carlos Allende; Almeida, Andrés; Anders, Friedrich; Anderson, Scott F.; Andrews, Brett H.; Anguiano, Borja; Arcodia, Riccardo; Armengaud, Eric; Aubert, Marie; Avila, Santiago; Avila-Reese, Vladimir; Badenes, Carles; Balland, Christophe; Barger, Kat; Barrera-Ballesteros, Jorge K.; Basu, Sarbani; Bautista, Julian; Beaton, Rachael L.; Beers, Timothy C.; Benavides, B. Izamar; Bender, Chad F.; Bernardi, Mariangela; Bershady, Matthew; Beutler, Florian; Bidin, Christian Moni; Bird, Jonathan; Bizyaev, Dmitry; Blanc, Guillermo A.; Blanton, Michael R.; Boquien, Médéric; Borissova, Jura; Bovy, Jo; Brandt, W. N.; Brinkmann, Jonathan; Brownstein, Joel R.; Bundy, Kevin; Bureau, Martin; Burgasser, Adam; Burtin, Etienne; Cano-Díaz, Mariana; Capasso, Raffaella; Cappellari, Michele; Carrera, Ricardo; Chabanier, Solène; Chaplin, William; Chapman, Michael; Cherinka, Brian; Chiappini, Cristina; Doohyun Choi, Peter; Chojnowski, S. Drew; Chung, Haeun; Clerc, Nicolas; Coffey, Damien; Comerford, Julia M.; Comparat, Johan; da Costa, Luiz; Cousinou, Marie-Claude; Covey, Kevin; Crane, Jeffrey D.; Cunha, Katia; Ilha, Gabriele da; Dai, Yu Sophia; Damsted, Sanna B.; Darling, Jeremy; Davidson, James W.; Davies, Roger; Dawson, Kyle; De, Nikhil; de la Macorra, Axel; De Lee, Nathan; Queiroz, Anna Bárbara; Deconto Machado, Alice; de la Torre, Sylvain; Dell’Agli, Flavia; du Mas des Bourboux, Hélion; Diamond-Stanic, Aleksandar M.; Dillon, Sean; Donor, John; Drory, Niv; Duckworth, Chris; Dwelly, Tom; Ebelke, Garrett; Eftekharzadeh, Sarah; Davis Eigenbrot, Arthur; Elsworth, Yvonne P.; Eracleous, Mike; Erfanianfar, Ghazaleh; Escoffier, Stephanie; Fan, Xiaohui; Farr, Emily; Fernández-Trincado, José G.; Feuillet, Diane; Finoguenov, Alexis; Fofie, Patricia; Fraser-McKelvie, Amelia; Frinchaboy, Peter M.; Fromenteau, Sebastien; Fu, Hai; Galbany, Lluís; Garcia, Rafael A.; García-Hernández, D. A.; Oehmichen, Luis Alberto; Ge, Junqiang; Maia, Marcio Antonio; Geisler, Doug; Gelfand, Joseph; Goddy, Julian; Gonzalez-Perez, Violeta; Grabowski, Kathleen; Green, Paul; Grier, Catherine J.; Guo, Hong; Guy, Julien; Harding, Paul; Hasselquist, Sten; Hawken, Adam James; Hayes, Christian R.; Hearty, Fred; Hekker, S.; Hogg, David W.; Holtzman, Jon A.; Horta, Danny; Hou, Jiamin; Hsieh, Bau-Ching; Huber, Daniel; Hunt, Jason A.; Chitham, J. Ider; Imig, Julie; Jaber, Mariana; Angel, Camilo Eduardo; Johnson, Jennifer A.; Jones, Amy M.; Jönsson, Henrik; Jullo, Eric; Kim, Yerim; Kinemuchi, Karen; Kirkpatrick IV, Charles C.; Kite, George W.; Klaene, Mark; Kneib, Jean-Paul; Kollmeier, Juna A.; Kong, Hui; Kounkel, Marina; Krishnarao, Dhanesh; Lacerna, Ivan; Lan, Ting-Wen; Lane, Richard R.; Law, David R.; Le Goff, Jean-Marc; Leung, Henry W.; Lewis, Hannah; Li, Cheng; Lian, Jianhui; Lin, Lihwai; Long, Dan; Longa-Peña, Penélope; Lundgren, Britt; Lyke, Brad W.; Ted Mackereth, J.; MacLeod, Chelsea L.; Majewski, Steven R.; Manchado, Arturo; Maraston, Claudia; Martini, Paul; Masseron, Thomas; Masters, Karen L.; Mathur, Savita; McDermid, Richard M.; Merloni, Andrea; Merrifield, Michael; Mészáros, Szabolcs; Miglio, Andrea; Minniti, Dante; Minsley, Rebecca; Miyaji, Takamitsu; Mohammad, Faizan Gohar; Mosser, Benoit; Mueller, Eva-Maria; Muna, Demitri; Muñoz-Gutiérrez, Andrea; Myers, Adam D.; Nadathur, Seshadri; Nair, Preethi; Nandra, Kirpal; do Nascimento, Janaina Correa; Nevin, Rebecca Jean; Newman, Jeffrey A.; Nidever, David L.; Nitschelm, Christian; Noterdaeme, Pasquier; O’Connell, Julia E.; Olmstead, Matthew D.; Oravetz, Daniel; Oravetz, Audrey; Osorio, Yeisson; Pace, Zachary J.; Padilla, Nelson; Palanque-Delabrouille, Nathalie; Palicio, Pedro A.; Pan, Hsi-An; Pan, Kaike; Parker, James; Paviot, Romain; Peirani, Sebastien; Ramŕez, Karla Peña; Penny, Samantha; Percival, Will J.; Perez-Fournon, Ismael; Pérez-Ràfols, Ignasi; Petitjean, Patrick; Pieri, Matthew M.; Pinsonneault, Marc; Poovelil, Vijith Jacob; Povick, Joshua Tyler; Prakash, Abhishek; Price-Whelan, Adrian M.; Raddick, M. Jordan; Raichoor, Anand; Ray, Amy; Rembold, Sandro Barboza; Rezaie, Mehdi; Riffel, Rogemar A.; Riffel, Rogério; Rix, Hans-Walter; Robin, Annie C.; Roman-Lopes, A.; Román-Zúñiga, Carlos; Rose, Benjamin; Ross, Ashley J.; Rossi, Graziano; Rowlands, Kate; Rubin, Kate H.; Salvato, Mara; Sánchez, Ariel G.; Sánchez-Menguiano, Laura; Sánchez-Gallego, José R.; Sayres, Conor; Schaefer, Adam; Schiavon, Ricardo P.; Schimoia, Jaderson S.; Schlafly, Edward; Schlegel, David; Schneider, Donald P.; Schultheis, Mathias; Schwope, Axel; Seo, Hee-Jong; Serenelli, Aldo; Shafieloo, Arman; Shamsi, Shoaib Jamal; Shao, Zhengyi; Shen, Shiyin; Shetrone, Matthew; Shirley, Raphael; Aguirre, Víctor Silva; Simon, Joshua D.; Skrutskie, M. F.; Slosar, Anže; Smethurst, Rebecca; Sobeck, Jennifer; Sodi, Bernardo Cervantes; Souto, Diogo; Stark, David V.; Stassun, Keivan G.; Steinmetz, Matthias; Stello, Dennis; Stermer, Julianna; Storchi-Bergmann, Thaisa; Streblyanska, Alina; Stringfellow, Guy S.; Stutz, Amelia; Suárez, Genaro; Sun, Jing; Taghizadeh-Popp, Manuchehr; Talbot, Michael S.; Tayar, Jamie; Thakar, Aniruddha R.; Theriault, Riley; Thomas, Daniel; Thomas, Zak C.; Tinker, Jeremy; Tojeiro, Rita; Toledo, Hector Hernandez; Tremonti, Christy A.; Troup, Nicholas W.; Tuttle, Sarah; Unda-Sanzana, Eduardo; Valentini, Marica; Vargas-González, Jaime; Vargas-Magaña, Mariana; Vázquez-Mata, Jose Antonio; Vivek, M.; Wake, David; Wang, Yuting; Weaver, Benjamin Alan; Weijmans, Anne-Marie; Wild, Vivienne; Wilson, John C.; Wilson, Robert F.; Wolthuis, Nathan; Wood-Vasey, W. M.; Yan, Renbin; Yang, Meng; Yèche, Christophe; Zamora, Olga; Zarrouk, Pauline; Zasowski, Gail; Zhang, Kai; Zhao, Cheng; Zhao, Gongbo; Zheng, Zheng; Zheng, Zheng; Zhu, Guangtun; Zou, Hu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>249</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1538-4365</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1715630</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>