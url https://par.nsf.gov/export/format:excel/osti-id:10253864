--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10253864</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2560017</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Keck all sky precision adaptive optics: project overview</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wizinowich, Peter L.; Chin, Jason C.; Correia, Carlos M.; Lu, Jessica R.; Brown, Thomas; Casey, Kelleen; Cetre, Sylvain; Delorme, Jacques-Robert; Gers, Luke; Hunter, Lisa; Lilley, Scott; Ragland, Sam; Surendran, Avinash; Wetherell, Edward; Ghez, Andrea M.; Do, Tuan; Jones, Tucker; Liu, Michael; Mawet, Dimitri; Max, Claire; Morris, Mark; Treu, Tommaso; Wright, Shelley A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Schmidt, Dirk; Schreiber, Laura; Vernet, Elise</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-12-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the SPIE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11448</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>114480E</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present the status and plans for the Keck All sky Precision Adaptive optics (KAPA) program. KAPA includes four key science programs, an upgrade to the Keck I laser guide star (LGS) adaptive optics (AO) facility to improve image quality and sky coverage, AO telemetry based point spread function (PSF) estimates for all science exposures, and an educational component focused on broadening the participation of women and underrepresented groups in instrumentation. For the purpose of this conference we will focus on the AO facility upgrade which includes implementation of a new laser, wavefront sensor and real-time controller to support laser tomography, the laser tomography system itself, and modifications to an existing near-infrared tip-tilt sensor to support multiple natural guide star (NGS) and focus measurements.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836016; 1727071</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>