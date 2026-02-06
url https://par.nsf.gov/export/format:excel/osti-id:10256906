--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10256906</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3357223.3362725</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Perceptual Compression for Video Storage and Processing Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mazumdar, Amrita; Haynes, Brandon; Balazinska, Magda; Ceze, Luis; Cheung, Alvin; Oskin, Mark</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-20T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM Symposium on Cloud Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>179 to 192</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Compressed videos constitute 70% of Internet traffic, and video upload growth rates far outpace compute and storage improvement trends. Past work in leveraging perceptual cues like saliency, i.e., regions where viewers focus their perceptual attention, reduces compressed video size while maintaining perceptual quality, but requires significant changes to video codecs and ignores the data management of this perceptual information.
+In this paper, we propose Vignette, a compression technique and storage manager for perception-based video compression in the cloud. Vignette complements off-the-shelf compression software and hardware codec implementations. Vignette's compression technique uses a neural network to predict saliency information used during transcoding, and its storage manager integrates perceptual information into the video storage system. Our results demonstrate the benefit of embedding information about the human visual system into the architecture of cloud video storage systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1703051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>