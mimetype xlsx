--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10258071</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Textual Ecology, Collaborative Tasks, and Genre Systems: Using PDE to Teach STEM Career Awareness/Intent</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Philip J. Piety, PhD</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual meeting program  American Educational Research Association</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0163-9676</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The paper discusses the use of Productive Disciplinary Engagement (PDE) for a curricular project that features a technology-based alternate reality game (ARG) with the objective of teaching undergraduate students about the collaborative nature of STEM careers.  Much of the PDE research uses PDE as either a design-principle or as an analytics lens.  This project does both.  Most of this extant research focuses on spoken discourse to teach disciplinary knowledge.  This project uses workplace documentary texts that are embedded within a semester-long undergraduate course designed to teach students collaboration skills using the context of natural disasters.  A range of texts are used in this design from didactic to disciplinary.  Students learn about professional work through educational renditions of professional cultural historical activity systems.  This paper focuses on design decisions and illustrates some ways that workplace documents can be used in education.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1915563</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>