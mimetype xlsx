--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10258075</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Developing Effective Visualizations to Understand and Scaffold Collaborative Textual Practices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Singh, A.; Piety, .; Liu, C; Naik, R</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Learning Analytics and Knowledge 2021</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This poster will describe and compare different visualizations for collaborative writing using 
+cloud-based platforms (e.g., Google Docs). The aim is to develop effective visualizations for a Learning Analytics Dashboard (LAD) to understand the processes undergirding cloud-based group writing and to support team textual practices. Theoretically situated in the literatures on Collaborative Learning Analytics, collaborative sense making, and social annotations, the visualizations will provide valuable and varied insights to researchers, educators, and students. We will be testing the visualizations and the final LAD with undergraduate students, instructors, and researchers from the fields of learning sciences and educational psychology.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1915563</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>