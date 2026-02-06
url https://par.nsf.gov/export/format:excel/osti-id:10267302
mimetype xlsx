--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10267302</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4230/LIPIcs.FORC.2021.2</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Algorithmic Framework for Fairness Elicitation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jung, Christopher; Kearns, Michael; Neel, Seth; Roth, Aaron; Stapleton, Logan; Wu, Zhiwei Steven</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2nd Symposium on Foundations of Responsible Computing (FORC 2021)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We consider settings in which the right notion of fairness is not captured by simple mathematical definitions (such as equality of error rates across groups), but might be more complex and nuanced and thus require elicitation from individual or collective stakeholders. We introduce a framework in which pairs of individuals can be identified as requiring (approximately) equal treatment under a learned model, or requiring ordered treatment such as "applicant Alice should be at least as likely to receive a loan as applicant Bob". We provide a provably convergent and oracle efficient algorithm for learning the most accurate model subject to the elicited fairness constraints, and prove generalization bounds for both accuracy and fairness. This algorithm can also combine the elicited constraints with traditional statistical fairness notions, thus "correcting" or modifying the latter by the former. We report preliminary findings of a behavioral study of our framework using human-subject fairness constraints elicited on the COMPAS criminal recidivism dataset.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763307; 1934876</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>