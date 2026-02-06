--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10267916</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/staa2253</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The highly variable time evolution of star-forming cores identified with dendrograms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smullen, Rachel A; Kratter, Kaitlin M; Offner, Stella S; Lee, Aaron T; Chen, Hope How-Huan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>497</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4517 to 4534</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            We investigate the time evolution of dense cores identified in molecular cloud simulations using dendrograms, which are a common tool to identify hierarchical structure in simulations and observations of star formation. We develop an algorithm to link dendrogram structures through time using the three-dimensional density field from magnetohydrodynamical simulations, thus creating histories for all dense cores in the domain. We find that the population-wide distributions of core properties are relatively invariant in time, and quantities like the core mass function match with observations. Despite this consistency, an individual core may undergo large (&amp;gt;40 per cent), stochastic variations due to the redefinition of the dendrogram structure between time-steps. This variation occurs independent of environment and stellar content. We identify a population of short-lived (&amp;lt;200 kyr) overdensities masquerading as dense cores that may comprise $\sim\!20$ per cent of any time snapshot. Finally, we note the importance of considering the full history of cores when interpreting the origin of the initial mass function; we find that, especially for systems containing multiple stars, the core mass defined by a dendrogram leaf in a snapshot is typically less than the final system stellar mass. This work reinforces that there is no time-stable density contour that defines a star-forming core. The dendrogram itself can induce significant structure variation between time-steps due to small changes in the density field. Thus, one must use caution when comparing dendrograms of regions with different ages or environment properties because differences in dendrogram structure may not come solely from the physical evolution of dense cores.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1748571</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>