--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,91 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10489861</t>
-[...8 lines deleted...]
-    <t>Zhang, Rong; Drummond, Alexei J.; Mendes, Fábio K.; Matschiner, ed., Michael</t>
+    <t>10269423</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/mnras/staa2145</t>
+  </si>
+  <si>
+    <t>Bipolar planetary nebulae from outflow collimation by common envelope evolution</t>
+  </si>
+  <si>
+    <t>Zou, Yangyuxin; Frank, Adam; Chen, Zhuo; Reichardt, Thomas; De Marco, Orsola; Blackman, Eric G; Nordhaus, Jason; Balick, Bruce; Carroll-Nellenback, Jonathan; Chamandy, Luke; Liu, Baowei</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-12-12T05:00:00Z</t>
-[...9 lines deleted...]
- &lt;p&gt;Time-scaled phylogenetic trees are an ultimate goal of evolutionary biology and a necessary ingredient in comparative studies. The accumulation of genomic data has resolved the tree of life to a great extent, yet timing evolutionary events remain challenging if not impossible without external information such as fossil ages and morphological characters. Methods for incorporating morphology in tree estimation have lagged behind their molecular counterparts, especially in the case of continuous characters. Despite recent advances, such tools are still direly needed as we approach the limits of what molecules can teach us. Here, we implement a suite of state-of-the-art methods for leveraging continuous morphology in phylogenetics, and by conducting extensive simulation studies we thoroughly validate and explore our methods’ properties. While retaining model generality and scalability, we make it possible to estimate absolute and relative divergence times from multiple continuous characters while accounting for uncertainty. We compile and analyze one of the most data-type diverse data sets to date, comprised of contemporaneous and ancient molecular sequences, and discrete and continuous morphological characters from living and extinct Carnivora taxa. We conclude by synthesizing lessons about our method’s behavior, and suggest future research venues.&lt;/p&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2020-09-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2855 to 2869</t>
+  </si>
+  <si>
+    <t>0035-8711</t>
+  </si>
+  <si>
+    <t>ABSTRACT            The morphology of bipolar planetary nebulae (PNe) can be attributed to interactions between a fast wind from the central engine and the dense toroidal-shaped ejecta left over from common envelope (CE) evolution. Here we use the 3D hydrodynamic adaptive mesh refinement (AMR) code AstroBEAR to study the possibility that bipolar PN outflows can emerge collimated even from an uncollimated spherical wind in the aftermath of a CE event. The output of a single CE simulation via the smoothed particle hydrodynamics (SPH) code phantom serves as the initial conditions. Four cases of winds, all with high enough momenta to account for observed high momenta pre-PN outflows, are injected spherically from the region of the CE binary remnant into the ejecta. We compare cases with two different momenta and cases with no radiative cooling versus application of optically thin emission via a cooling curve to the outflow. Our simulations show that in all cases highly collimated bipolar outflows result from deflection of the spherical wind via the interaction with the CE ejecta. Significant asymmetries between the top and bottom lobes are seen in all cases. The asymmetry is strongest for the lower momentum case with radiative cooling. While real post-CE winds may be aspherical, our models show that collimation via ‘inertial confinement’ will be strong enough to create jet-like outflows even beginning with maximally uncollimated drivers. Our simulations reveal detailed shock structures in the shock-focused inertial confinement (SFIC) model and develop a lens-shaped inner shock that is a new feature of SFIC-driven bipolar lobes.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2040347</t>
-[...2 lines deleted...]
-    <t>2023</t>
+    <t>1813298</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -283,89 +291,93 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...3 lines deleted...]
-      <c r="K2" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>