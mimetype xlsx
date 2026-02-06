--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10272333</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Examining students’ reasoning of multiple quantities.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Panorkou, N.; Germia, E. F.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Sacristán, A.I.; null; Ruiz-Arias, P.M.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Mathematics Education Across Cultures: Proceedings of the 42nd Meeting of the North American Chapter of the International Group for the Psychology of Mathematics Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>291-295</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this report, we discuss five forms of reasoning about multiple quantities that sixth-grade students exhibited as they examined mathematical relationships within the context of science. Specifically, students exhibited forms of sequential, transitive, dependent, and independent multivariational reasoning as well as relational reasoning. We use data from whole-class design experiments with students to illustrate examples of each of these forms of reasoning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742125</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>