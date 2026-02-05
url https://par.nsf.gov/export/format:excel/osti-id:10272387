--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10272387</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data augmentation for deep learning based accelerated MRI reconstruction with limited data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fabian, Zalan; Heckel, Reinhard; Soltanolkotabi, Mahdi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Machine Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Deep neural networks have emerged as very successful tools for image restoration and reconstruction tasks. These networks are often trained end-to-end to directly reconstruct an image from a noisy or corrupted measurement of that image. To achieve state-of-the-art performance, training on large and diverse sets of images is considered critical. However, it is often difficult and/or expensive to collect large amounts of training images. Inspired by the success of Data Augmentation (DA) for classification problems, in this paper, we propose a pipeline for data augmentation for accelerated MRI reconstruction and study its effectiveness at reducing the required training data in a variety of settings. Our DA pipeline, MRAugment, is specifically designed to utilize the invariances present in medical imaging measurements as naive DA strategies that neglect the physics of the problem fail. Through extensive studies on multiple datasets we demonstrate that in the low-data regime DA prevents overfitting and can match or even surpass the state of the art while using significantly fewer training data, whereas in the high-data regime it has diminishing returns. Furthermore, our findings show that DA can improve the robustness of the model against various shifts in the test distribution.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813877; 1846369; 2008443</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>