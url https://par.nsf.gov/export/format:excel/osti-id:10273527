--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10273527</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3411764.3445450</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Remote Learners, Home Makers: How Digital Fabrication Was Taught Online During a Pandemic</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Benabdallah, Gabrielle; Bourgault, Sam; Peek, Nadya; Jacobs, Jennifer</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2021 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 14</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Digital fabrication courses that relied on physical makerspaces were severely disrupted by COVID-19. As universities shut down in Spring 2020, instructors developed new models for digital fabrication at a distance. Through interviews with faculty and students and examination of course materials, we recount the experiences of eight remote digital fabrication courses. We found that learning with hobbyist equipment and online social networks could emulate using industrial equipment in shared workshops. Furthermore, at-home digital fabrication offered unique learning opportunities including more iteration, machine tuning, and maintenance. These opportunities depended on new forms of labor and varied based on student living situations. Our findings have implications for remote and in-person digital fabrication instruction. They indicate how access to tools was important, but not as critical as providing opportunities for iteration; they show how remote fabrication exacerbated student inequities; and they suggest strategies for evaluating trade-offs in remote fabrication models with respect to learning objectives.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007094; 2007045</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>