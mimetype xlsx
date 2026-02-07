--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10273859</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22331/q-2021-05-14-456</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Contextual Subspace Variational Quantum Eigensolver</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kirby, William M.; Tranter, Andrew; Love, Peter J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Quantum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>456</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2521-327X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We describe the                                                contextual subspace variational quantum eigensolver                                            (CS-VQE), a hybrid quantum-classical algorithm for approximating the ground state energy of a Hamiltonian. The approximation to the ground state energy is obtained as the sum of two contributions. The first contribution comes from a noncontextual approximation to the Hamiltonian, and is computed classically. The second contribution is obtained by using the variational quantum eigensolver (VQE) technique to compute a contextual correction on a quantum processor. In general the VQE computation of the contextual correction uses fewer qubits and measurements than the VQE computation of the original problem. Varying the number of qubits used for the contextual correction adjusts the quality of the approximation. We simulate CS-VQE on tapered Hamiltonians for small molecules, and find that the number of qubits required to reach chemical accuracy can be reduced by more than a factor of two. The number of terms required to compute the contextual correction can be reduced by more than a factor of ten, without the use of other measurement reduction schemes. This indicates that CS-VQE is a promising approach for eigenvalue computations on noisy intermediate-scale quantum devices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1818914</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>