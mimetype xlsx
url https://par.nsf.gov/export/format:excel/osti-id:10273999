--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10273999</t>
-[...8 lines deleted...]
-    <t>Fenwick, Axel J.; Wood, Alexander M.; Tanner, Bertrand C.W.</t>
+    <t>10581955</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.24963/ijcai.2024/644</t>
+  </si>
+  <si>
+    <t>Enhancing Fine-Grained Urban Flow Inference via Incremental Neural Operator</t>
+  </si>
+  <si>
+    <t>Gao, Qiang; Song, Xiaolong; Huang, Li; Trajcevski, Goce; Zhou, Fan; Chen, Xueqin</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...17 lines deleted...]
-    <t>0003-9861</t>
+    <t>2024-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>5826 to 5834</t>
+  </si>
+  <si>
+    <t>978-1-956792-04-1</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Fine-grained urban flow inference (FUFI), which involves inferring fine-grained flow maps from their coarse-grained counterparts, is of tremendous interest in the realm of sustainable urban traffic services. To address the FUFI, existing solutions mainly concentrate on investigating spatial dependencies, introducing external factors, reducing excessive memory costs, etc., -- while rarely considering the catastrophic forgetting (CF) problem. Motivated by recent operator learning, we present an Urban Neural Operator solution with Incremental learning (UNOI), primarily seeking to learn grained-invariant solutions for FUFI in addition to addressing CF. Specifically, we devise an urban neural operator (UNO) in UNOI that learns mappings between approximation spaces by treating the different-grained flows as continuous functions, allowing a more flexible capture of spatial correlations. Furthermore, the phenomenon of CF behind time-related flows could hinder the capture of flow dynamics. Thus, UNOI mitigates CF concerns as well as privacy issues by placing UNO blocks in two incremental settings, i.e., flow-related and task-related. Experimental results on large-scale real-world datasets demonstrate the superiority of our proposed solution against the baselines.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1656450</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>2030249</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>International Joint Conferences on Artificial Intelligence Organization</t>
+  </si>
+  <si>
+    <t>Jeju, South Korea</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,91 +285,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="L2" s="0"/>
+      <c r="M2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...12 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="X2" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>