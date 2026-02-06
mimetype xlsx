--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,179 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...127 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -193,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10274300</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1613/jair.1.12212</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Evaluation of Communication Protocol Languages for Engineering Multiagent Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chopra, Amit K; Christie V, Samuel H; Singh, Munindar P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Artificial Intelligence Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1351 to 1393</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1076-9757</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Communication protocols are central to engineering decentralized multiagent systems. Modern protocol languages are typically formal and address aspects of decentralization, such as asynchrony. However, modern languages differ in important ways in their basic abstractions and operational assumptions. This diversity makes a comparative evaluation of protocol languages a challenging task.
+We contribute a rich evaluation of diverse and modern protocol languages. Among the selected languages, Scribble is based on session types; Trace-C and Trace-F on trace expressions; HAPN on hierarchical state machines, and BSPL on information causality. Our contribution is four-fold. One, we contribute important criteria for evaluating protocol languages. Two, for each criterion, we compare the languages on the basis of whether they are able to specify elementary protocols that go to the heart of the criterion. Three, for each language, we map our findings to a canonical architecture style for multiagent systems, highlighting where the languages depart from the architecture. Four, we identify design principles for protocol languages as guidance for future research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908374</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>