--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10275205</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/staa2155</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Clumpiness: time-domain classification of red giant evolutionary states</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kuszlewicz, James S; Hekker, Saskia; Bell, Keaton J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>497</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4843 to 4856</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            Long, high-quality time-series data provided by previous space missions such as CoRoT and Kepler have made it possible to derive the evolutionary state of red giant stars, i.e. whether the stars are hydrogen-shell burning around an inert helium core or helium-core burning, from their individual oscillation modes. We utilize data from the Kepler mission to develop a tool to classify the evolutionary state for the large number of stars being observed in the current era of K2, TESS, and for the future PLATO mission. These missions provide new challenges for evolutionary state classification given the large number of stars being observed and the shorter observing duration of the data. We propose a new method, Clumpiness, based upon a supervised classification scheme that uses ‘summary statistics’ of the time series, combined with distance information from the Gaia mission to predict the evolutionary state. Applying this to red giants in the APOKASC catalogue, we obtain a classification accuracy of $\sim 91{{\ \rm per\ cent}}$ for the full 4 yr of Kepler data, for those stars that are either only hydrogen-shell burning or also helium-core burning. We also applied the method to shorter Kepler data sets, mimicking CoRoT, K2, and TESS achieving an accuracy $\gt 91{{\ \rm per\ cent}}$ even for the 27 d time series. This work paves the way towards fast, reliable classification of vast amounts of relatively short-time-span data with a few, well-engineered features.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1903828</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>