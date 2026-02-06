--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10275322</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3411763.3450395</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Making at a Distance: Teaching Hands-on Courses During the Pandemic</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Peek, Nadya; Jacobs, Jennifer; Ju, Wendy; Gershenfeld, Neil; Igoe, Tom</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI EA '21: Extended Abstracts of the 2021 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 5</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Classes involving physical making were severely disrupted by COVID-19. As workshops, makerspaces, and fab labs shut down in Spring 2020, instructors developed new models for teaching physical prototyping, electronics production, and digital fabrication at a distance. Instructors shipped materials and equipment directly to students, converted makerspaces to job-shops, and substituted low-tech construction methods and hobbyist equipment for industrial tools. The experiences of students and instructors during the pandemic highlighted new learning opportunities when making outside the makerspace. Simultaneously, the shutdown raised new questions on the limits of remote learning for digital fabrication, electronics, and manual craft. This panel brings together experts in making to discuss their experiences teaching physical production in art, design, and engineering during the pandemic. Panelists will discuss their teaching strategies, describe what worked and what did not, and argue for how we can best support students learning hands-on skills going forward.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007045</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>