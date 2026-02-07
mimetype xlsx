--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,168 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...116 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10276038</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computing the original eBWT faster, simpler, and with less memory</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Christina Boucher, Davide Cenzato</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>28th International Symposium on String Processing and Information Retrieval (SPIRE)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Given an input string, the Burrows-Wheeler Transform (BWT) can be seen as a reversible
+permutation of it that allows efficient compression and fast substring queries. Due to these properties, it has been widely applied in the analysis of genomic sequence data, enabling important tasks such as read alignment. Mantaci et al. [TCS2007] extended the notion of the BWT to a collection of strings by defining the extended Burrows-Wheeler Transform (eBWT). This definition requires no modification of the input collection, and has the property that the output is independent of the order of the strings in the collection. However, over the years, the term eBWT has been used more generally to describe any BWT of a collection of strings. The fundamental property of the original definition (i.e., the independence from the input order) is frequently disregarded. In this paper, we propose a simple linear-time algorithm for the construction of the original eBWT, which does not require the preprocessing of Bannai et al. [CPM 2021]. As a byproduct, we obtain the first linear-time algorithm for computing the BWT of a single string that uses neither an end-of-string symbol nor Lyndon rotations.
+We also combine our new eBWT construction with a variation of prefix-free parsing (PFP) [WABI 2019] to allow for construction of the eBWT on large collections of genomic sequences. We implement this combined algorithm (pfpebwt) and evaluate it on a collection of human chromosomes 19 from the 1,000 Genomes Project, on a collection of Salmonella genomes from GenomeTrakr, and on a collection of SARS-CoV2 genomes from EBI’s COVID-19 data portal. We demonstrate that pfpebwt is the fastest method for all collections, with a maximum speedup of 7.6x on the second best method. The peak memory is at most 2x larger than the second best method. Comparing with methods that are also, as our algorithm, able to report suffix array samples, we obtain a 57.1x improvement in peak.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2013998</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>