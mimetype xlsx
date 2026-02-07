--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10276232</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Post-training Quantization with Multiple Points: Mixed Precision without Mixed Precision</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Xingchao; Ye, Mao; Zhou, Dengyong; Liu, Qiang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>AAAI Conference on Artificial Intelligence (AAAI)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We consider the post-training quantization problem, which discretizes the weights of pre-trained deep neural networks without re-training the model. We propose multipoint quantization, a quantization method that approximates a full-precision weight vector using a linear combination of multiple vectors of low-bit numbers; this is in contrast to typical quantization methods that approximate each weight using a single low precision number. Computationally, we construct the multipoint quantization with an efficient greedy selection procedure, and adaptively decides the number of low precision points on each quantized weight vector based on the error of its output. This allows us to achieve higher precision levels for important weights that greatly influence the outputs, yielding an 'effect of mixed precision' but without physical mixed precision implementations (which requires specialized hardware accelerators). Empirically, our method can be implemented by common operands, bringing almost no memory and computation overhead. We show that our method outperforms a range of state-of-the-art methods on ImageNet classification and it can be generalized to more challenging tasks like PASCAL VOC object detection.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2041327; 1846421</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>