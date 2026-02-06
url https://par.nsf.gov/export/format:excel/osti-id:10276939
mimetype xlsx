--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10276939</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/HPEC.2019.8916237</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Novel Design of Adaptive and Hierarchical Convolutional Neural Networks using Partial Reconfiguration on FPGA</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Farhadi, Mohammad; Ghasemi, Mehdi; Yang, Yezhou</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2019 IEEE High Performance Extreme Computing Conference (HPEC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Nowadays most research in visual recognition using Convolutional Neural Networks (CNNs) follows the “deeper model with deeper confidence” belief to gain a higher recognition accuracy. At the same time, deeper model brings heavier computation. On the other hand, for a large chunk of recognition challenges, a system can classify images correctly using simple models or so-called shallow networks. Moreover, the implementation of CNNs faces with the size, weight, and energy constraints on the embedded devices. In this paper, we implement the adaptive switching between shallow and deep networks to reach the highest throughput on a resource-constrained MPSoC with CPU and FPGA. To this end, we develop and present a novel architecture for the CNNs where a gate makes the decision whether using the deeper model is beneficial or not. Due to resource limitation on FPGA, the idea of partial reconfiguration has been used to accommodate deep CNNs on the FPGA resources. We report experimental results on CIFAR-10, CIFAR-100, and SVHN datasets to validate our approach. Using confidence metric as the decision making factor, only 69.8%, 71.8%, and 43.8% of the computation in the deepest network is done for CIFAR10, CIFAR-100, and SVHN while it can maintain the desired accuracy with the throughput of around 400 images per second for SVHN dataset. https://github.com/mfarhadi/AHCNN.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1750082</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>