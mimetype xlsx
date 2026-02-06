--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10278150</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3408877.3432431</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Leveraging Prior Computing and Music Experience for Situational Interest Formation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McKlin, Tom; McCall, Lauren; Lee, Taneisha; Magerko, Brian; Horn, Michael; Freeman, Jason</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-03-03T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE '21: Proceedings of the 52nd ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>March 2021</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>928 to 933</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Computer science educators often use multiple creative computing platforms to motivate and support students learning computer science. Arguably, we understand little about the complementary ways in which the various platforms build on students' prior experiences. This study compares two CS+music platforms used by middle school students in a summer camp to understand the unique affordances of each platform at activating and building upon prior music and computing experiences. We assess interest formation through pre and post student surveys and via interviews on the final day of the camp. The findings suggest that using different approaches to CS+music platform design may help engage students with different levels of prior music and coding experience.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837661</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>