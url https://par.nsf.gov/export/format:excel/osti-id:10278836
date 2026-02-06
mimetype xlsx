--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10278836</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computational thinking in elementary classrooms: Using classroom dialogue to measure equitable participation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Larimore, R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Research in Equity and Sustained Participation in Engineering (RESPECT)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The increased push for access to computer science (CS) at the K-12 level has been argued as a way to broaden participation in computing. At the elementary level, computational thinking (CT) has been used as a framework for bringing CS ideas into the classroom and educating teachers about how they can integrate CT into their daily instruction. A number of these projects have made equity a central goal of their work by working in schools with diverse racial, linguistic, and economic diversity. However, we know little about whether and how teachers equitably engage students in CT during their classroom instruction– particularly during science and math lessons. In this paper, we present an approach to analyzing classroom instructional videos using the EQUIP tool (https://www.equip.ninja/). The purpose of this tool is to examine the quantity and quality of students’ contributions during CT-integrated math and science lessons and how it differs based on demographic markers. We highlight this approach using classroom video observation from four teachers and discuss future work in this area.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1738677</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>