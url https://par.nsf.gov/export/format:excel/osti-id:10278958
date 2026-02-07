--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10278958</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1242/jeb.208637</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Drivers of the dive response in trained harbour porpoises &lt;i&gt;(Phocoena phocoena&lt;/i&gt; )</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Elmegaard, S. L.; McDonald, B. I.; Madsen, P. T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-10-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Experimental Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>222</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>jeb208637</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-0949</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pronounced dive responses through peripheral vasoconstriction and bradycardia enables prolonged apnoea in marine mammals. For most vertebrates, the dive response is initiated upon face immersion, but little is known about the physical drivers of diving and surfacing heart rate in cetaceans whose faces are always mostly submerged. Using two trained harbour porpoises instrumented with an ECG-measuring DTAG-3, we investigate the initiation and progression of bradycardia and tachycardia during apnoea and eupnoea for varying levels of immersion. We show that paranasal wetting drives bradycardia initiation and progression, whereas apnoea leads to dive-level bradycardia eventually, but not instantly. At the end of dives, heart rate accelerates independently of lung expansion, perhaps in anticipation of surfacing; however, full tachycardia is only engaged upon inhalation. We conclude that breathing drives surface tachycardia, whereas blowhole wetting is an important driver of bradycardia; although, anticipatory/volitional modulation can overrule such responses to sensory inputs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1159123</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>