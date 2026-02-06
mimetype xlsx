--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10279566</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3430665.3456370</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Novices' Learning Barriers When Using Code Examples in Open-Ended Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Wengran; Kwatra, Archit; Skripchuk, James; Gomes, Neeloy; Milliken, Alexandra; Martens, Chris; Barnes, Tiffany; Price, Thomas W.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ITiCSE '21: Proceedings of the 26th ACM Conference on Innovation and Technology in Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>394 to 400</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Open-ended programming increases students' motivation by allowing them to solve authentic problems and connect programming to their own interests. However, such open-ended projects are also challenging, as they often encourage students to explore new programming features and attempt tasks that they have not learned before. Code examples are effective learning materials for students and are well-suited to supporting open-ended programming. However, there is little work to understand how novices learn with examples during open-ended programming, and few real-world deployments of such tools. In this paper, we explore novices' learning barriers when interacting with code examples during open-ended programming. We deployed Example Helper, a tool that offers galleries of code examples to search and use, with 44 novice students in an introductory programming classroom, working on an open-ended project in Snap. We found three high-level barriers that novices encountered when using examples: decision, search, and integration barriers. We discuss how these barriers arise and design opportunities to address them.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917885</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>