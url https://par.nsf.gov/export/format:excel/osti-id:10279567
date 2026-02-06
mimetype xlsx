--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10279567</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3408877.3432552</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PlanIT! A New Integrated Tool to Help Novices Design for Open-ended Projects</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Milliken, Alexandra; Wang, Wengran; Cateté, Veronica; Martin, Sarah; Gomes, Neeloy; Dong, Yihuan; Harred, Rachel; Isvik, Amy; Barnes, Tiffany; Price, Thomas W.; Martens, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-03-03T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE '21: Proceedings of the 52nd ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>232 to 238</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Project-based learning can encourage and motivate students to learn through exploring their own interests, but introduces special challenges for novice programmers. Recent research has shown that novice students perceive themselves to be "bad at programming, especially when they do not know how to start writing a program, or need to create a plan before getting started. In this paper, we present PlanIT, a guided planning tool integrated with the Snap! programming environment designed to help novices plan and program their open-ended projects. Within PlanIT, students can add a description for their project, use a to do list to help break down the steps of implementation, plan important elements of their program including actors, variables, and events, and view related example projects. We report findings from a pilot study of high school students using PlanIT, showing that students who used the tool learned to make more specific and actionable plans. Results from student interviews show they appreciate the guidance that PlanIT provides, as well as the affordances it offers to more quickly create program elements.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917885</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>