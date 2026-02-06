--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10281285</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DIRECT : A Transformer-based Model for Decompiled Identifier Renaming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nitin, Vikram; Saieva, Anthony; Ray, Baishakhi; Kaiser, Gail</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>1st Workshop on Natural Language Processing for Programming (NLP4Prog)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>48 to 57</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Decompiling binary executables to high-level code is an important step in reverse engineering scenarios, such as malware analysis and legacy code maintenance. However, the generated high-level code is difficult to understand since the original variable names are lost. In this paper, we leverage transformer models to reconstruct the original variable names from decompiled code. Inherent differences between code and natural language present certain challenges in applying conventional transformer-based architectures to variable name recovery. We propose DIRECT, a novel transformer-based architecture customized specifically for the task at hand. We evaluate our model on a dataset of decompiled functions and find that DIRECT outperforms the previous state-of-the-art model by up to 20%. We also present ablation studies evaluating the impact of each of our modifications. We make the source code of DIRECT available to encourage reproducible research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1815494; 1563555</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>