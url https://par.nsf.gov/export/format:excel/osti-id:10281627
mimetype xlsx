--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10281627</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Invisible for both Camera and LiDAR: Security of Multi-Sensor Fusion based Perception in Autonomous Driving Under Physical-World Attacks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cao, Yulong; Wang, Ningfei; Xiao, Chaowei; Yang, Dawei; Fang, Jin; Yang, Ruigang; Chen, Qi Alfred; Liu, Mingyan; Li, Bo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Symposium on Security and Privacy (S&amp;P)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In Autonomous Driving (AD) systems, perception is both security and safety critical. Despite various prior studies on its security issues, all of them only consider attacks on cameraor LiDAR-based AD perception alone. However, production AD systems today predominantly adopt a Multi-Sensor Fusion (MSF) based design, which in principle can be more robust against these attacks under the assumption that not all fusion sources are (or can be) attacked at the same time. In this paper, we present the first study of security issues of MSF-based perception in AD systems. We directly challenge the basic MSF design assumption above by exploring the possibility of attacking all fusion sources simultaneously. This allows us for the first time to understand how much security guarantee MSF can fundamentally provide as a general defense strategy for AD perception.
+We formulate the attack as an optimization problem to generate a physically-realizable, adversarial 3D-printed object that misleads an AD system to fail in detecting it and thus crash into it. To systematically generate such a physical-world attack, we propose a novel attack pipeline that addresses two main design challenges: (1) non-differentiable target camera and LiDAR sensing systems, and (2) non-differentiable cell-level aggregated features popularly used in LiDAR-based AD perception. We evaluate our attack on MSF algorithms included in representative open-source industry-grade AD systems in real-world driving scenarios. Our results show that the attack achieves over 90% success rate across different object types and MSF algorithms. Our attack is also found stealthy, robust to victim positions, transferable across MSF algorithms, and physical-world realizable after being 3D-printed and captured by LiDAR and camera devices. To concretely assess the end-to-end safety impact, we further perform simulation evaluation and show that it can cause a 100% vehicle collision rate for an industry-grade AD system. We also evaluate and discuss defense strategies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1850533; 1932464</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>