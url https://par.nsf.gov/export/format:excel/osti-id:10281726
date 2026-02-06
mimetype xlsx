--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10281726</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3328778.3372517</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Graduate Programs in CS Education: Why 2020 is the Right Time</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hambrusch, Susanne; Peterfreund, Alan; Yadav, Aman; Ko, Amy</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-02-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE '21: Proceedings of the 52nd ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1407 to 1407</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Opportunities for training CS K-12 pre-service and in-service teachers, research in CS Education, and career pathways for PhDs/EdDs in CS education are happening, but often in an uncoordinated way. We advocate that now is the right time for CS and Education to collaborate on developing new joint degree programs in Computer Science Education and to explore joint faculty appointments. High undergraduate enrollment in computing programs and the increasing interest in CS courses from non-majors represent a unique opportunity for starting successful programs. As more of CS undergraduates are undergraduate TAs and see teaching and learning from a non-learner perspective, their interest in education has also increased. The growing interest in CS education, including the need for effecting CS teaching at both K-12 and the undergraduate level, provide interesting job opportunities for CS education researchers. As CS departments develop new undergraduate degree programs and scale class sizes, research on questions like How do we teach effectively computing to different audiences? How can we assess CS learning? What are culturally responsive pedagogies? is important. To answer many of these and related questions, CS departments should be actively engaged in CS Education research, from training graduate students in interdisciplinary programs to research programs. This BOF will provide a platform for the discussion on what such graduate programs – from certificate to a PhD – can and should look like, what challenges exist to creating them, and how students with different backgrounds should get trained in the relevant foundations of CS and Education.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1939265</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>