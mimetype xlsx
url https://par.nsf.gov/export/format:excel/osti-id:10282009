--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10282009</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stab857</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Metallicities from high-resolution spectra of 49 RR Lyrae variables</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gilligan, Christina K; Chaboyer, Brian; Marengo, Massimo; Mullen, Joseph P; Bono, Giuseppe; Braga, Vittorio F; Crestani, Juliana; Dall’Ora, Massimo; Fiorentino, Giuliana; Monelli, Matteo; Neeley, Jill R; Fabrizio, Michele; Martínez-Vázquez, Clara E; Thévenin, Frédéric; Sneden, Christopher</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>503</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4719 to 4733</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            Accurate metallicities of RR Lyrae are extremely important in constraining period–luminosity–metallicity (PLZ) relationships, particularly in the near-infrared. We analyse 69 high-resolution spectra of Galactic RR Lyrae stars from the Southern African Large Telescope. We measure metallicities of 58 of these RR Lyrae stars with typical uncertainties of 0.15 dex. All but one RR Lyrae in this sample has accurate ($\sigma _{\varpi }\lesssim 10{{\ \rm per\ cent}}$) parallax from Gaia. Combining these new high-resolution spectroscopic abundances with similar determinations from the literature for 93 stars, we present new PLZ relationships in WISE W1 and W2 magnitudes, and the Wesenheit magnitudes W(W1, V − W1) and W(W2, V − W2).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1714534</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>