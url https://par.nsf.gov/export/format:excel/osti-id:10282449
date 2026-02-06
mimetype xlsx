--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10282449</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2020.findings-emnlp.132</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Research Replication Prediction Using Weakly Supervised Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Luo, Tianyi; Li, Xingyu; Wang, Hainan; Liu, Yang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>In Proceedings of the 2020 Conference on Empirical Methods in Natural Language Processing: Findings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1464 to 1474</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Knowing whether a published research result can be replicated is important. Carrying out direct replication of published research incurs a high cost. There are efforts tried to use machine learning aided methods to predict scientific claims’ replicability. However, existing machine learning aided approaches use only hand-extracted statistics features such as p-value, sample size, etc. without utilizing research papers’ text information and train only on a very small size of annotated data without making the most use of a large number of unlabeled articles. Therefore, it is desirable to develop effective machine learning aided automatic methods which can automatically extract text information as features so that we can benefit from Natural Language Processing techniques. Besides, we aim for an approach that benefits from both labeled and the large number of unlabeled data. In this paper, we propose two weakly supervised learning approaches that use automatically extracted text information of research papers to improve the prediction accuracy of research replication using both labeled and unlabeled datasets. Our experiments over real-world datasets show that our approaches obtain much better prediction performance compared to the supervised models utilizing only statistic features and a small size of labeled dataset. Further, we are able to achieve an accuracy of 75.76% for predicting the replicability of research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007951</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>