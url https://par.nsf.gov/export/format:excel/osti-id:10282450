--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10282450</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Sample Elicitation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wei, Jiaheng; Fu, Zuyue; Liu, Yang; Li, Xingyu; Yang, Zhuoran; Wang, Zhaoran</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of The 24th International Conference on Artificial Intelligence and Statistics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2692--2700</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>It is important to collect credible training samples $(x,y)$ for building data-intensive learning systems (e.g., a deep learning system). Asking people to report complex distribution $p(x)$, though theoretically viable, is challenging in practice. This is primarily due to the cognitive loads required for human agents to form the report of this highly complicated information. While classical elicitation mechanisms apply to eliciting a complex and generative (and continuous) distribution $p(x)$, we are interested in eliciting samples $x_i \sim p(x)$ from agents directly. We coin the above problem sample elicitation. This paper introduces a deep learning aided method to incentivize credible sample contributions from self-interested and rational agents. We show that with an accurate estimation of a certain $f$-divergence function we can achieve approximate incentive compatibility in eliciting truthful samples. We then present an efficient estimator with theoretical guarantees via studying the variational forms of the $f$-divergence function. We also show a connection between this sample elicitation problem and $f$-GAN, and how this connection can help reconstruct an estimator of the distribution based on collected samples. Experiments on synthetic data, MNIST, and CIFAR-10 datasets demonstrate that our mechanism elicits truthful samples. Our implementation is available at https://github.com/weijiaheng/Credible-sample-elicitation.git.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007951</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>