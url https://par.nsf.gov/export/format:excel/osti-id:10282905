--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10282905</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Tar AR: Connecting the Past with the Present in Informal Science Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Herrick, I.; Sinatra, G.M.; Kennedy, A.; Nye, B.D.; Swartout, W.R.; &amp; Lindsey, E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 AERA Annual Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Informal science learning spaces such as museums have been exploring the potential of augmented reality (AR) as a means to connect visitors to places, times, or types of content that are otherwise inaccessible. This design-based research engaged the La Brea Tar Pits Museum and university partners in a research practice partnership to enhance place-based science learning through potential AR exhibits. Results from implementation of four design iterations show that AR technology is a promising tool to help learners interact with content that dates back thousands of years and overcome their scientific misconceptions. Furthermore, incorporating AR technology into museum exhibits can update them with 21st learning tools to support visitor enjoyment in science learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1810984</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>