--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10283176</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Developing mathematics knowledge and computational thinking through game play and design: A professional development program.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smith, H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Contemporary issues in technology and teacher education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>660-686</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1528-5804</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Game Play and Design Framework is a project-based instructional method to engage teachers and students with mathematics content by utilizing technology as a vehicle for game play and creation. In the authors’ prior work, they created a technology tool and game editing platform, the Wearable Learning Cloud Platform (WLCP), which enables teachers and students to play, create, and experience technology-augmented learning activities. This paper describes a 14-week Game Play and Design professional development program in which middle school teachers played, designed, tested, and implemented mathematics games in the classroom with their own students. Examples are included of teacher-created games, feedback from the students’ experience designing games, and evidence of student learning gains from playing teacher-created games. This work provides a pedagogical approach for educators and students that utilizes the benefits of mobile technologies and collaborative learning through games to develop students’ higher-level thinking in STEM classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2041785</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>